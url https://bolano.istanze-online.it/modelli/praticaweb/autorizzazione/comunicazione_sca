--- v0 (2025-10-19)
+++ v1 (2025-12-02)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="55" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="55" w:type="dxa"/>
           <w:left w:w="55" w:type="dxa"/>
           <w:bottom w:w="55" w:type="dxa"/>
           <w:right w:w="55" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9693"/>
       </w:tblGrid>
       <w:tr w:rsidR="00FA7C89" w14:paraId="10B63C09" w14:textId="77777777" w:rsidTr="00E93EBF">
@@ -258,1145 +258,282 @@
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0ED16089" w14:textId="57F018FF" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>[</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>[fisica_cognome] [fisica_nome], C.F. [fisica_cf]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30FBD85D" w14:textId="34EF0F26" w:rsidR="00A408B9" w:rsidRPr="00A159E5" w:rsidRDefault="00A408B9">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>fisica_cognome</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>In qualità di [fisica_titolo]</w:t>
+      </w:r>
+      <w:r w:rsidR="00A159E5" w:rsidRPr="00A159E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A159E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>[condominio_denominazione] [condominio_cf]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11712A29" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>] [</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>nato a [fisica_comune_nato] ([fisica_provincia_nato]) il [fisica_data_nato]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D6B17D3" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>fisica_nome</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>residente in [fisica_indirizzo] [fisica_civico] - [fisica_cap] [fisica_comune] ([fisica_provincia])</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="507DC494" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>], C.F. [</w:t>
-[...386 lines deleted...]
-        <w:t>]</w:t>
+        <w:t>[fisica_email]  [fisica_pec] [fisica_telefono]  [fisica_cellulare]</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9778"/>
       </w:tblGrid>
       <w:tr w:rsidR="00FA7C89" w14:paraId="5E6474B6" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9778" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="03EB542F" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US" w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US" w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...81 lines deleted...]
-              <w:t xml:space="preserve"> in:</w:t>
+              <w:t>[onshow;block=tbs:row;when [domicilio_opt_value]='1']Domiciliato in:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7609508F" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...99 lines deleted...]
-              <w:t>])</w:t>
+              <w:t>[fisica_domicilio_indirizzo] [fisica_domicilio_civico] - [fisica_domicilio_cap] [fisica_domicilio_comune] ([fisica_domicilio_provincia])</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA7C89" w:rsidRPr="005C14FB" w14:paraId="3F522624" w14:textId="77777777">
+      <w:tr w:rsidR="00FA7C89" w:rsidRPr="00DA72EE" w14:paraId="3F522624" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9778" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4EDE4036" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US" w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US" w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...101 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>[onshow;block=tbs:row;when [giuridica_opt_key]='piva']P.IVA [giuridica_fisica_piva]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA7C89" w14:paraId="5FA34D3F" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9778" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4D8E1AB4" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...241 lines deleted...]
-              <w:t>])</w:t>
+              <w:t>[onshow;block=tbs:row;when [giuridica_opt_key]='giuridica']In qualità di [giuridica_qualita] della ditta/società [giuridica_denominazione], P.IVA [giuridica_piva], C.F. [giuridica_cf], con sede in [giuridica_indirizzo] [giuridica_civico] – [giuridica_cap] [giuridica_comune] ([giuridica_provincia])</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="16D74C45" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00FA7C89">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -1407,860 +544,350 @@
       <w:tblGrid>
         <w:gridCol w:w="9778"/>
       </w:tblGrid>
       <w:tr w:rsidR="005C14FB" w:rsidRPr="0062204E" w14:paraId="16ABC72A" w14:textId="77777777" w:rsidTr="00644728">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9778" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="02813268" w14:textId="77777777" w:rsidR="005C14FB" w:rsidRDefault="005C14FB" w:rsidP="00644728">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0062204E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...287 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>[anagrafica_soggetti.fisica_cognome;block=tbs:row] [anagrafica_soggetti.fisica_nome], C.F. [anagrafica_soggetti.fisica_cf], nato a [anagrafica_soggetti.fisica_comune_nato] ([anagrafica_soggetti.fisica_provincia_nato]) il [anagrafica_soggetti.fisica_data_nato], residente in [anagrafica_soggetti.fisica_indirizzo] [anagrafica_soggetti.fisica_civico] - [anagrafica_soggetti.fisica_cap] [anagrafica_soggetti.fisica_comune] ([anagrafica_soggetti.fisica_provincia]) [anagrafica_soggetti.fisica_email]  [anagrafica_soggetti.fisica_pec] [anagrafica_soggetti.fisica_telefono] [anagrafica_soggetti.fisica_cellulare]</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="Grigliatabella"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblInd w:w="137" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="9410"/>
             </w:tblGrid>
             <w:tr w:rsidR="005C14FB" w14:paraId="4C4BB6A5" w14:textId="77777777" w:rsidTr="005C14FB">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9410" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="31776433" w14:textId="77777777" w:rsidR="005C14FB" w:rsidRDefault="005C14FB" w:rsidP="00644728">
                   <w:pPr>
                     <w:overflowPunct w:val="0"/>
                     <w:autoSpaceDE w:val="0"/>
                     <w:jc w:val="left"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0062204E">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
-                    <w:t>[</w:t>
-[...28 lines deleted...]
-                    <w:t>tbs</w:t>
+                    <w:t>[onshow;block=tbs</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>:p;</w:t>
                   </w:r>
                   <w:r w:rsidRPr="0062204E">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
-                    <w:t>when</w:t>
-[...26 lines deleted...]
-                    <w:t>]='piva']</w:t>
+                    <w:t>when [anagrafica_soggetti.giuridica_opt_key]='piva']</w:t>
                   </w:r>
                   <w:r w:rsidRPr="0062204E">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> P.IVA </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>[</w:t>
                   </w:r>
-                  <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="0062204E">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>anagrafica_soggetti.</w:t>
                   </w:r>
                   <w:r w:rsidRPr="0062204E">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
-                    <w:t>giuridica_fisica_piva</w:t>
-[...9 lines deleted...]
-                    <w:t>]</w:t>
+                    <w:t>giuridica_fisica_piva]</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="005C14FB" w14:paraId="237B8B6F" w14:textId="77777777" w:rsidTr="005C14FB">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9410" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="0FAAB8AD" w14:textId="77777777" w:rsidR="005C14FB" w:rsidRDefault="005C14FB" w:rsidP="00644728">
                   <w:pPr>
                     <w:overflowPunct w:val="0"/>
                     <w:autoSpaceDE w:val="0"/>
                     <w:jc w:val="left"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0062204E">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
-                    <w:t>[</w:t>
-[...28 lines deleted...]
-                    <w:t>tbs:</w:t>
+                    <w:t>[onshow;block=tbs:</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>p;</w:t>
                   </w:r>
                   <w:r w:rsidRPr="0062204E">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
-                    <w:t>when</w:t>
-[...26 lines deleted...]
-                    <w:t>]='giuridica']</w:t>
+                    <w:t>when [anagrafica_soggetti.giuridica_opt_key]='giuridica']</w:t>
                   </w:r>
                   <w:r w:rsidRPr="0062204E">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> In qualità di [</w:t>
                   </w:r>
-                  <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="0062204E">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>anagrafica_soggetti.</w:t>
                   </w:r>
                   <w:r w:rsidRPr="0062204E">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
-                    <w:t>giuridica_qualita</w:t>
+                    <w:t>giuridica_qualita] della ditta/società [</w:t>
                   </w:r>
-                  <w:proofErr w:type="spellEnd"/>
-[...9 lines deleted...]
-                  <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="0062204E">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>anagrafica_soggetti.</w:t>
                   </w:r>
                   <w:r w:rsidRPr="0062204E">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
-                    <w:t>giuridica_denominazione</w:t>
+                    <w:t>giuridica_denominazione], P.IVA [</w:t>
                   </w:r>
-                  <w:proofErr w:type="spellEnd"/>
-[...9 lines deleted...]
-                  <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="0062204E">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>anagrafica_soggetti.</w:t>
                   </w:r>
                   <w:r w:rsidRPr="0062204E">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
-                    <w:t>giuridica_piva</w:t>
+                    <w:t>giuridica_piva], C.F. [</w:t>
                   </w:r>
-                  <w:proofErr w:type="spellEnd"/>
-[...9 lines deleted...]
-                  <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="0062204E">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>anagrafica_soggetti.</w:t>
                   </w:r>
                   <w:r w:rsidRPr="0062204E">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
-                    <w:t>giuridica_cf</w:t>
+                    <w:t>giuridica_cf], con sede in [</w:t>
                   </w:r>
-                  <w:proofErr w:type="spellEnd"/>
-[...9 lines deleted...]
-                  <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="0062204E">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>anagrafica_soggetti.</w:t>
                   </w:r>
                   <w:r w:rsidRPr="0062204E">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
-                    <w:t>giuridica_indirizzo</w:t>
+                    <w:t>giuridica_indirizzo] [</w:t>
                   </w:r>
-                  <w:proofErr w:type="spellEnd"/>
-[...9 lines deleted...]
-                  <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="0062204E">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>anagrafica_soggetti.</w:t>
                   </w:r>
                   <w:r w:rsidRPr="0062204E">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
-                    <w:t>giuridica_civico</w:t>
+                    <w:t>giuridica_civico] – [</w:t>
                   </w:r>
-                  <w:proofErr w:type="spellEnd"/>
-[...9 lines deleted...]
-                  <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="0062204E">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>anagrafica_soggetti.</w:t>
                   </w:r>
                   <w:r w:rsidRPr="0062204E">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
-                    <w:t>giuridica_cap</w:t>
+                    <w:t>giuridica_cap] [</w:t>
                   </w:r>
-                  <w:proofErr w:type="spellEnd"/>
-[...9 lines deleted...]
-                  <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="0062204E">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>anagrafica_soggetti.</w:t>
                   </w:r>
                   <w:r w:rsidRPr="0062204E">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
-                    <w:t>giuridica_comune</w:t>
+                    <w:t>giuridica_comune] ([</w:t>
                   </w:r>
-                  <w:proofErr w:type="spellEnd"/>
-[...9 lines deleted...]
-                  <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="0062204E">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>anagrafica_soggetti.</w:t>
                   </w:r>
                   <w:r w:rsidRPr="0062204E">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
-                    <w:t>giuridica_provincia</w:t>
-[...9 lines deleted...]
-                    <w:t>])</w:t>
+                    <w:t>giuridica_provincia])</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="55A0D8D8" w14:textId="77777777" w:rsidR="005C14FB" w:rsidRPr="0062204E" w:rsidRDefault="005C14FB" w:rsidP="00644728">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="564A7BEE" w14:textId="77777777" w:rsidR="005C14FB" w:rsidRDefault="005C14FB">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2277,598 +904,184 @@
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9778"/>
       </w:tblGrid>
       <w:tr w:rsidR="00FA7C89" w14:paraId="71959B66" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9778" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="614F0AAB" w14:textId="1A7A58F6" w:rsidR="00FA7C89" w:rsidRPr="00A408B9" w:rsidRDefault="00EE6476">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A408B9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...61 lines deleted...]
-              <w:t>]='1']DATI DEL DELEGATO</w:t>
+              <w:t>[onshow;block=tbs:row;when [delegato_opt_value]='1']DATI DEL DELEGATO</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="30592D32" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...79 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>[delegato_app] [delegato_cognome] [delegato_nome], C.F. [delegato_cf]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6827A04B" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>nato a [</w:t>
-[...59 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>nato a [delegato_comune_nato] ([delegato_provincia_nato]) il [delegato_data_nato]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="533D41E0" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>residente in [</w:t>
-[...99 lines deleted...]
-              <w:t>])</w:t>
+              <w:t>residente in [delegato_indirizzo] [delegato_civico] - [delegato_cap] [delegato_comune] ([delegato_provincia])</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7015060A" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...90 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>[delegato_email] [delegato_pec] [delegato_telefono] [delegato_cellulare]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="13779C4E" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00FA7C89">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6EB426BD" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Il sottoscritto, consapevole delle sanzioni penali previste dalla legge per le false dichiarazioni e attestazioni (art. 76 del d.P.R. n. 445/2000 e </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">), sotto la propria responsabilità </w:t>
+        <w:t xml:space="preserve">Il sottoscritto, consapevole delle sanzioni penali previste dalla legge per le false dichiarazioni e attestazioni (art. 76 del d.P.R. n. 445/2000 e Codice Penale), sotto la propria responsabilità </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="103F08AA" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00FA7C89">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5D3C19BA" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -2876,211 +1089,85 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>RELATIVAMENTE A</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50049637" w14:textId="1D41EDDD" w:rsidR="00CE3A30" w:rsidRDefault="00CE3A30" w:rsidP="00CE3A30">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Dati identificativi dell’immobile sito in [</w:t>
-[...17 lines deleted...]
-        <w:t>]:</w:t>
+        <w:t>Dati identificativi dell’immobile sito in [comune_value]:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B0393B8" w14:textId="77777777" w:rsidR="00CE3A30" w:rsidRPr="001E4CA0" w:rsidRDefault="00CE3A30" w:rsidP="00CE3A30">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="714"/>
         <w:contextualSpacing/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>[</w:t>
-[...89 lines deleted...]
-        <w:t xml:space="preserve">] </w:t>
+        <w:t xml:space="preserve">[elenco_civici.civico_via;block=tbs:listitem] [elenco_civici.civico_civico] [elenco_civici.civico_interno] </w:t>
       </w:r>
       <w:r w:rsidRPr="00986A59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>[</w:t>
-[...17 lines deleted...]
-        <w:t>]</w:t>
+        <w:t>[elenco_civici.civico_note]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3346EE95" w14:textId="77777777" w:rsidR="00CE3A30" w:rsidRDefault="00CE3A30" w:rsidP="00CE3A30">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="433BA3D1" w14:textId="77777777" w:rsidR="00CE3A30" w:rsidRPr="00EB1DC8" w:rsidRDefault="00CE3A30" w:rsidP="00CE3A30">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB1DC8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3223,292 +1310,184 @@
       </w:tr>
       <w:tr w:rsidR="00CE3A30" w:rsidRPr="008246AD" w14:paraId="202704D6" w14:textId="77777777" w:rsidTr="00F37279">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="681DBECE" w14:textId="77777777" w:rsidR="00CE3A30" w:rsidRPr="00F24419" w:rsidRDefault="00CE3A30" w:rsidP="00F37279">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F24419">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00F24419">
+              <w:t>[elenco_nct.nct_</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>elenco_nct.nct_</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>sezione</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F24419">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>sezione</w:t>
-[...39 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>;block=tbs:row]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1182" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="582DD933" w14:textId="77777777" w:rsidR="00CE3A30" w:rsidRPr="0065589A" w:rsidRDefault="00CE3A30" w:rsidP="00F37279">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F24419">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...19 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>[elenco_nct.nct_foglio]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1146" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="71F256BC" w14:textId="77777777" w:rsidR="00CE3A30" w:rsidRPr="008246AD" w:rsidRDefault="00CE3A30" w:rsidP="00F37279">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008246AD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...17 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>[elenco_nct.nct_particella]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1147" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="78F668FF" w14:textId="77777777" w:rsidR="00CE3A30" w:rsidRPr="008246AD" w:rsidRDefault="00CE3A30" w:rsidP="00F37279">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C579A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004C579A">
+              <w:t>[elenco_nct.nct_</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>elenco_nct.nct_</w:t>
-[...6 lines deleted...]
-              </w:rPr>
               <w:t>note</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="004C579A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="57E28AE6" w14:textId="66B042F1" w:rsidR="001B3171" w:rsidRDefault="00CE3A30" w:rsidP="00CE3A30">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>[</w:t>
-[...17 lines deleted...]
-        <w:t>]</w:t>
+        <w:t>[ubicazione_note]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13051249" w14:textId="77777777" w:rsidR="0086118B" w:rsidRDefault="0086118B" w:rsidP="00CE3A30">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41F3566C" w14:textId="15DAB15F" w:rsidR="00044662" w:rsidRDefault="00D8344F">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3530,300 +1509,129 @@
       </w:tblGrid>
       <w:tr w:rsidR="00044662" w14:paraId="0C624E07" w14:textId="77777777" w:rsidTr="00D8344F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="2F4751F0" w14:textId="77777777" w:rsidR="00044662" w:rsidRDefault="00044662" w:rsidP="00927BCE">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>[elenco_unita_immobiliare.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B72D47">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>elenco_unita_</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>civico</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>immobiliare.</w:t>
-[...48 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>_via;block=tbs:row]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5E1F42D2" w14:textId="77777777" w:rsidR="00044662" w:rsidRDefault="00044662" w:rsidP="00927BCE">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>Civico: [</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>Civico: [elenco_unita_immobiliare.ui_civico]</w:t>
+            </w:r>
+            <w:r w:rsidR="00742369">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>elenco_unita_immobiliare.ui_civico</w:t>
-[...38 lines deleted...]
-              <w:t>]</w:t>
+              <w:t xml:space="preserve"> Interno: [elenco_unita_immobiliare.ui_interno]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="70535BEF" w14:textId="77777777" w:rsidR="00742369" w:rsidRDefault="00044662" w:rsidP="00927BCE">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>Piano: [</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>Piano: [elenco_unita_immobiliare.ui_piano]</w:t>
+            </w:r>
+            <w:r w:rsidR="00742369">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>elenco_unita_immobiliare.ui_piano</w:t>
-[...78 lines deleted...]
-              <w:t>]</w:t>
+              <w:t xml:space="preserve"> Scala: [elenco_unita_immobiliare.ui_scala] Vani: [elenco_unita_immobiliare.ui_cons_vani] Superficie: [elenco_unita_immobiliare.ui_cons_sup]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="48FAE45F" w14:textId="77777777" w:rsidR="00742369" w:rsidRPr="00742369" w:rsidRDefault="00742369" w:rsidP="00742369">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5C17F6CA" w14:textId="77777777" w:rsidR="00742369" w:rsidRPr="00742369" w:rsidRDefault="00742369" w:rsidP="00927BCE">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
@@ -3835,236 +1643,136 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>Dati catastali</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1E637AE7" w14:textId="77777777" w:rsidR="00044662" w:rsidRDefault="00044662" w:rsidP="00927BCE">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>Sezione: [</w:t>
-[...19 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>Sezione: [elenco_unita_immobiliare.ui_sezione]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="696EA963" w14:textId="77777777" w:rsidR="00044662" w:rsidRDefault="00044662" w:rsidP="00927BCE">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>Foglio: [</w:t>
-[...19 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>Foglio: [elenco_unita_immobiliare.ui_foglio]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="55652104" w14:textId="77777777" w:rsidR="00044662" w:rsidRDefault="00044662" w:rsidP="00927BCE">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>Mappale: [</w:t>
-[...19 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>Mappale: [elenco_unita_immobiliare.ui_mappale]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="23B07F6E" w14:textId="77777777" w:rsidR="00044662" w:rsidRDefault="00044662" w:rsidP="00927BCE">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Subalterno: [</w:t>
-[...19 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>Subalterno: [elenco_unita_immobiliare.ui_sub]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="451564CB" w14:textId="77777777" w:rsidR="00D53E24" w:rsidRDefault="00D53E24" w:rsidP="00927BCE">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>Destinazione d’uso: [</w:t>
-[...19 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>Destinazione d’uso: [elenco_unita_immobiliare.ui_destuso]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="60C8A4AC" w14:textId="77777777" w:rsidR="006D5377" w:rsidRPr="00044662" w:rsidRDefault="006D5377">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1723DEA1" w14:textId="77777777" w:rsidR="000F66DD" w:rsidRPr="002D6235" w:rsidRDefault="000F66DD" w:rsidP="001B3171">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -4116,232 +1824,146 @@
         <w:t>Che il titolo e/o la comunicazione che ha legittimato l’intervento è:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CE770A5" w14:textId="01B85C08" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476" w:rsidP="00C23609">
       <w:pPr>
         <w:widowControl/>
         <w:overflowPunct w:val="0"/>
         <w:contextualSpacing/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00770FFB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00770FFB" w:rsidRPr="00770FFB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>titolo_esistente_tipo</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00770FFB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">] </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>] prot./n. [</w:t>
+      </w:r>
+      <w:r w:rsidR="00F57E5A" w:rsidRPr="00770FFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>titolo_esistente_protocollo</w:t>
+      </w:r>
+      <w:r w:rsidR="00044662" w:rsidRPr="00770FFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>] del</w:t>
+      </w:r>
       <w:r w:rsidRPr="00770FFB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>prot./</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00770FFB">
+        <w:t xml:space="preserve"> [</w:t>
+      </w:r>
+      <w:r w:rsidR="00F57E5A" w:rsidRPr="00770FFB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>n. [</w:t>
-[...37 lines deleted...]
-        </w:rPr>
         <w:t>titolo_esistente_data</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00770FFB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55D9632D" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00FA7C89">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0FBE8B4B" w14:textId="533A616C" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
       <w:pPr>
         <w:widowControl/>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Che la comunicazione di fine lavori è stata presentata </w:t>
-[...59 lines deleted...]
-        <w:t>]</w:t>
+        <w:t>Che la comunicazione di fine lavori è stata presentata prot./n. [protocollo_fine_lavori] del [data_fine_lavori]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BF27CD6" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00FA7C89">
       <w:pPr>
         <w:widowControl/>
         <w:overflowPunct w:val="0"/>
         <w:contextualSpacing/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="40ABE73F" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -4369,702 +1991,499 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>PRESENTA</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9778"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FA7C89" w:rsidRPr="005C14FB" w14:paraId="2FC82D4F" w14:textId="77777777">
+      <w:tr w:rsidR="00FA7C89" w:rsidRPr="00DA72EE" w14:paraId="2FC82D4F" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9778" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4BD7C5B2" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
+          <w:p w14:paraId="4BD7C5B2" w14:textId="65406899" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
             <w:pPr>
               <w:widowControl/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US" w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US" w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>[onshow;block=tbs:row;when [presenta_scia_opt_key]='1']</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US" w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>onshow;block</w:t>
-[...59 lines deleted...]
-              </w:rPr>
               <w:t>SCIA</w:t>
-            </w:r>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> per:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA7C89" w:rsidRPr="005C14FB" w14:paraId="7B929C57" w14:textId="77777777">
+      <w:tr w:rsidR="00FA7C89" w:rsidRPr="00DA72EE" w14:paraId="7B929C57" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9778" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2D7EFBE7" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
+          <w:p w14:paraId="2D7EFBE7" w14:textId="39C8BE7C" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
             <w:pPr>
               <w:widowControl/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US" w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US" w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>[onshow;block=tbs:row;when [presenta_scia_opt_key]='2']</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US" w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>onshow;block</w:t>
-[...59 lines deleted...]
-              </w:rPr>
               <w:t>SCIA Unica</w:t>
-            </w:r>
-[...16 lines deleted...]
-              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4284A420" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRPr="00441923" w:rsidRDefault="00FA7C89">
       <w:pPr>
         <w:widowControl/>
         <w:overflowPunct w:val="0"/>
         <w:contextualSpacing/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9778"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FA7C89" w14:paraId="11CB6114" w14:textId="77777777">
+      <w:tr w:rsidR="00FA7C89" w14:paraId="11CB6114" w14:textId="77777777" w:rsidTr="001D4D7A">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9778" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="75993677" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
             <w:pPr>
               <w:widowControl/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...61 lines deleted...]
-              <w:t>]='1']</w:t>
+              <w:t>[onshow;block=tbs:row;when [agibilita_opt_key]='1']</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve">X </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>l’agibilità relativa all’immobile oggetto dell’intervento edilizio</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA7C89" w14:paraId="443E8A8E" w14:textId="77777777">
+      <w:tr w:rsidR="00FA7C89" w14:paraId="443E8A8E" w14:textId="77777777" w:rsidTr="001D4D7A">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9778" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4257FAD5" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
             <w:pPr>
               <w:widowControl/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...61 lines deleted...]
-              <w:t>]='2']</w:t>
+              <w:t>[onshow;block=tbs:row;when [agibilita_opt_key]='2']</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve"> l’agibilità parziale relativa a singoli edifici o a singole porzioni della costruzione (art. 24, comma 4, lett. a) del d.P.R. n. 380/2001)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA7C89" w14:paraId="3EE9B852" w14:textId="77777777">
+      <w:tr w:rsidR="00FA7C89" w14:paraId="3EE9B852" w14:textId="77777777" w:rsidTr="001D4D7A">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9778" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E5646E0" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
             <w:pPr>
               <w:widowControl/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...61 lines deleted...]
-              <w:t>]='3']</w:t>
+              <w:t>[onshow;block=tbs:row;when [agibilita_opt_key]='3']</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve"> l’agibilità parziale relativa a singole unità immobiliari (art. 24, comma 4, lett. b) del d.P.R. n. 380/2001)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001D4D7A" w:rsidRPr="001D4D7A" w14:paraId="5A994AB3" w14:textId="77777777" w:rsidTr="001D4D7A">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9778" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="534A0B1D" w14:textId="6C9FA41A" w:rsidR="001D4D7A" w:rsidRPr="001D4D7A" w:rsidRDefault="001D4D7A">
+            <w:pPr>
+              <w:widowControl/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D4D7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t>[onshow;block=tbs:row;when [agibilita_opt_key]='</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D4D7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D4D7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t>']</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D4D7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t>X</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D4D7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D4D7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t>nei casi di cui all'articolo 24, comma 5-bis e 5-ter, DPR 380/2001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001D4D7A" w:rsidRPr="001D4D7A" w14:paraId="268664F1" w14:textId="77777777" w:rsidTr="001D4D7A">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9778" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="031A644C" w14:textId="4D789E83" w:rsidR="001D4D7A" w:rsidRPr="001D4D7A" w:rsidRDefault="001D4D7A">
+            <w:pPr>
+              <w:widowControl/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D4D7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t>[onshow;block=tbs:row;when [agibilita_opt_key]='</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D4D7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D4D7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t>']</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D4D7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t>X</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D4D7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D4D7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t>nei casi di cui all'articolo 24, comma 5-quater, del DPR 380/2001</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2750FD6E" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00FA7C89">
+    <w:p w14:paraId="2750FD6E" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRPr="001D4D7A" w:rsidRDefault="00FA7C89">
       <w:pPr>
         <w:widowControl/>
         <w:overflowPunct w:val="0"/>
         <w:contextualSpacing/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="69171E0E" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
       <w:pPr>
         <w:widowControl/>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
@@ -5127,113 +2546,51 @@
       <w:tr w:rsidR="00E66FAE" w14:paraId="0CBDC428" w14:textId="77777777" w:rsidTr="00E66FAE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9778" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F244025" w14:textId="635C13DB" w:rsidR="00E66FAE" w:rsidRDefault="00E66FAE" w:rsidP="00E66FAE">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...61 lines deleted...]
-              <w:t>]='1']Il richiedente acconsente che ogni comunicazione e/o richiesta di integrazione venga inviata esclusivamente con modalità telematica alla casella PEC del direttore dei lavori/ professionista abilitato.</w:t>
+              <w:t>[onshow;block=tbs:row;when [consenso_pec_value]='1']Il richiedente acconsente che ogni comunicazione e/o richiesta di integrazione venga inviata esclusivamente con modalità telematica alla casella PEC del direttore dei lavori/ professionista abilitato.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4A63B4FF" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00FA7C89">
       <w:pPr>
         <w:widowControl/>
         <w:overflowPunct w:val="0"/>
         <w:contextualSpacing/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E236ACF" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
@@ -5307,91 +2664,51 @@
           <w:szCs w:val="14"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0CEF8A99" w14:textId="77777777" w:rsidR="00CE3A30" w:rsidRDefault="00CE3A30" w:rsidP="00CE3A30">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>[</w:t>
-[...39 lines deleted...]
-        <w:t>]</w:t>
+        <w:t>[comune_value], [data_stampa_domanda]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CA4D6FD" w14:textId="77777777" w:rsidR="00CE3A30" w:rsidRDefault="00CE3A30" w:rsidP="00CE3A30">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3AD885B9" w14:textId="77777777" w:rsidR="00CE3A30" w:rsidRDefault="00CE3A30" w:rsidP="00CE3A30">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:right="-663"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
@@ -5465,119 +2782,93 @@
             <w:pPr>
               <w:pStyle w:val="Contenutotabella"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00863C6F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>tecnico</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>_cognome</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>_cognome] [</w:t>
+            </w:r>
+            <w:r w:rsidR="00863C6F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>] [</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="00863C6F">
+              <w:t>tecnico</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>tecnico</w:t>
-[...22 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>_nome]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4817" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="41D25F19" w14:textId="77777777" w:rsidR="00CE3A30" w:rsidRDefault="00CE3A30" w:rsidP="00F37279">
             <w:pPr>
               <w:pStyle w:val="Contenutotabella"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -5593,75 +2884,51 @@
           </w:p>
           <w:p w14:paraId="3E971301" w14:textId="77777777" w:rsidR="00CE3A30" w:rsidRDefault="00CE3A30" w:rsidP="00F37279">
             <w:pPr>
               <w:pStyle w:val="Contenutotabella"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...23 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>[richiedenti_search]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="44C0EDCC" w14:textId="77777777" w:rsidR="00CE3A30" w:rsidRDefault="00CE3A30" w:rsidP="00F37279">
             <w:pPr>
               <w:pStyle w:val="Contenutotabella"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE3A30" w14:paraId="6A3B2FE9" w14:textId="77777777" w:rsidTr="00F37279">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="431"/>
         </w:trPr>
         <w:tc>
@@ -5719,86 +2986,52 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="06A104A0" w14:textId="77777777" w:rsidR="00CE3A30" w:rsidRDefault="00CE3A30" w:rsidP="00F37279">
             <w:pPr>
               <w:pStyle w:val="Contenutotabella"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005C5192">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...34 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>[delegato_cognome] [delegato_nome</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7BA9E9EA" w14:textId="77777777" w:rsidR="00CE3A30" w:rsidRDefault="00CE3A30" w:rsidP="00CE3A30">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="407FA1E8" w14:textId="0767768F" w:rsidR="00CE3A30" w:rsidRDefault="00CE3A30" w:rsidP="00CE3A30">
       <w:pPr>
         <w:contextualSpacing/>
@@ -5829,75 +3062,51 @@
           <w:tcPr>
             <w:tcW w:w="9778" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5AC5119C" w14:textId="24998534" w:rsidR="0085595F" w:rsidRPr="0085595F" w:rsidRDefault="0085595F" w:rsidP="00CE3A30">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B31E5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...23 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>[firma_digitale_opt]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="17BF13DC" w14:textId="77777777" w:rsidR="00CE3A30" w:rsidRDefault="00CE3A30" w:rsidP="00CE3A30">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C70C2D6" w14:textId="77777777" w:rsidR="00CE3A30" w:rsidRDefault="00CE3A30" w:rsidP="004977F8">
       <w:pPr>
         <w:keepNext/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
@@ -6003,133 +3212,93 @@
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00926A1D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>Ai sensi dell’art. 13 del GDPR è possibile rivolgersi al RPD nominato dal Comune per eventuali chiarimenti in materia di tutela dati personali. </w:t>
       </w:r>
       <w:r w:rsidR="00443135">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>[</w:t>
-[...19 lines deleted...]
-        <w:t>]</w:t>
+        <w:t>[rpd_value]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C94D5A5" w14:textId="77777777" w:rsidR="004977F8" w:rsidRPr="00926A1D" w:rsidRDefault="004977F8" w:rsidP="004977F8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00926A1D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>Finalità e modalità del trattamento</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14D4D89C" w14:textId="77777777" w:rsidR="004977F8" w:rsidRPr="00926A1D" w:rsidRDefault="004977F8" w:rsidP="004977F8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00926A1D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>Il Comune di [</w:t>
-[...19 lines deleted...]
-        <w:t>], titolare del trattamento, tratta i dati personali liberamente conferiti, esclusivamente per finalità istituzionali.</w:t>
+        <w:t>Il Comune di [comune_value], titolare del trattamento, tratta i dati personali liberamente conferiti, esclusivamente per finalità istituzionali.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44869EF4" w14:textId="77777777" w:rsidR="004977F8" w:rsidRPr="00926A1D" w:rsidRDefault="004977F8" w:rsidP="004977F8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00926A1D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>Consenso</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B8CDF03" w14:textId="77777777" w:rsidR="004977F8" w:rsidRPr="00926A1D" w:rsidRDefault="004977F8" w:rsidP="004977F8">
@@ -6169,114 +3338,94 @@
           <w:bCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>Periodo di conservazione</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51704B3C" w14:textId="77777777" w:rsidR="004977F8" w:rsidRPr="00926A1D" w:rsidRDefault="004977F8" w:rsidP="004977F8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00926A1D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>I dati personali verranno conservati per un arco di tempo non superiore al conseguimento delle finalità per le quali i dati personali sono trattati (finalità istituzionali e non commerciali).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C032D56" w14:textId="77777777" w:rsidR="004977F8" w:rsidRPr="00926A1D" w:rsidRDefault="004977F8" w:rsidP="004977F8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00926A1D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>Diritti del cittadino/interessato</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00EF35B5" w14:textId="77777777" w:rsidR="004977F8" w:rsidRPr="00926A1D" w:rsidRDefault="004977F8" w:rsidP="004977F8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00926A1D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...20 lines deleted...]
-        <w:t>]</w:t>
+        <w:t>Il cittadino/L’interessato avrà in qualsiasi momento piena facoltà di esercitare i diritti previsti dalla normativa vigente; potrà far valere i propri diritti rivolgendosi al Comune di [comune_value]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73EBFEB9" w14:textId="77777777" w:rsidR="004977F8" w:rsidRPr="00926A1D" w:rsidRDefault="004977F8" w:rsidP="004977F8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00926A1D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">I diritti del cittadino/dell’interessato sono quelli previsti dal Regolamento UE 2016/679 (GDPR). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F97F239" w14:textId="77777777" w:rsidR="004977F8" w:rsidRPr="00926A1D" w:rsidRDefault="004977F8" w:rsidP="004977F8">
       <w:pPr>
         <w:contextualSpacing/>
@@ -6526,781 +3675,477 @@
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C8244EB" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
       <w:pPr>
         <w:widowControl/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:contextualSpacing/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Il [</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Il [tecnico_ruolo_opt]: [tecnico_app] [tecnico_cognome] [tecnico_nome], CF [tecnico_cf], nato a [</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>tecnico</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>]: [</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>_comune_nato] ([</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>tecnico</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>] [</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>_provincia_nato]) il [</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>tecnico</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>] [</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>_data_nato], residente in [</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>tecnico</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>], CF [</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>_indirizzo_residenza] [</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>tecnico</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>], nato a [</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>_civico_residenza] –[</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>tecnico</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>_comune_nato</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>_cap_residenza] [</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>tecnico</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_comune_residenza] ([</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>tecnico</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>_provincia_nato</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>_provincia_residenza]), con studio in [</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>tecnico</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_indirizzo] [</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>tecnico</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>_data_nato</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>_civico] -[</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>tecnico</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_cap] [</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>tecnico</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>_indirizzo_residenza</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>_comune] ([</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>tecnico</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_provincia]), P.IVA [</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>tecnico</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>_civico_residenza</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>_piva], iscritto al [</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>tecnico</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_albo] di [</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>tecnico</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>_cap_residenza</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>_albo_prov] n. [</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>tecnico</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_albo_numero], [</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>tecnico</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>_comune_residenza</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>_telefono] [</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>tecnico</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_cellulare] [</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>tecnico</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>_provincia_residenza</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>_pec] [</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>tecnico</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:eastAsia="it-IT"/>
-[...342 lines deleted...]
-        <w:t>]</w:t>
+        </w:rPr>
+        <w:t>_email]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C9ABA7F" w14:textId="77777777" w:rsidR="00E226EC" w:rsidRDefault="00E226EC">
       <w:pPr>
         <w:widowControl/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:contextualSpacing/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Denominazione/Ragione sociale: [</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E226EC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>tecnico_denominazione</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16F16CC9" w14:textId="25A694BD" w:rsidR="00E226EC" w:rsidRDefault="00E226EC">
       <w:pPr>
         <w:widowControl/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:contextualSpacing/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Estremi dell’abilitazione: [</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E226EC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>tecnico_abilitazioni</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02A4D4A1" w14:textId="087DE049" w:rsidR="00143B5F" w:rsidRDefault="00143B5F">
       <w:pPr>
         <w:widowControl/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:contextualSpacing/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6012020C" w14:textId="1C414161" w:rsidR="00143B5F" w:rsidRDefault="00143B5F">
       <w:pPr>
@@ -7309,648 +4154,918 @@
         <w:overflowPunct w:val="0"/>
         <w:contextualSpacing/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF68AD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ettera di affidamento sottoscritta in data [</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>tecnico_</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF68AD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>data_incarico</w:t>
-[...8 lines deleted...]
-        <w:t>]</w:t>
+        <w:t>data_incarico]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46E71BE8" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00FA7C89">
       <w:pPr>
         <w:widowControl/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B2678A9" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
       <w:pPr>
         <w:widowControl/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:contextualSpacing/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">In qualità di persona esercente un servizio di pubblica necessità ai sensi degli artt. 359 e 481 del </w:t>
-[...35 lines deleted...]
-        <w:t>. 241/90</w:t>
+        <w:t>In qualità di persona esercente un servizio di pubblica necessità ai sensi degli artt. 359 e 481 del Codice Penale, esperiti i necessari accertamenti di carattere urbanistico, edilizio, igienico ed a seguito del sopralluogo dell’immobile, consapevole di essere passibile di sanzione penale nel caso di falsa asseverazione circa l’esistenza dei requisiti o dei presupposti di cui al comma 1 dell’art. 19 della l.n. 241/90</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DEFBC04" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00FA7C89">
       <w:pPr>
         <w:widowControl/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:contextualSpacing/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="710CD060" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ASSEVERA</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9778"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FA7C89" w14:paraId="68BF4CC6" w14:textId="77777777">
+      <w:tr w:rsidR="00FA7C89" w14:paraId="68BF4CC6" w14:textId="77777777" w:rsidTr="00DE648D">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9778" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13A2D482" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
             <w:pPr>
               <w:widowControl/>
               <w:overflowPunct w:val="0"/>
               <w:contextualSpacing/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...61 lines deleted...]
-              <w:t>]='1']</w:t>
+              <w:t>[onshow;block=tbs:row;when [agibilita_opt_key]='1']</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>l’agibilità relativa</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve"> all’immobile oggetto dell’intervento edilizio.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA7C89" w14:paraId="7C663226" w14:textId="77777777">
+      <w:tr w:rsidR="00FA7C89" w14:paraId="7C663226" w14:textId="77777777" w:rsidTr="00DE648D">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9778" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0DF1480F" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="00000A"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="00000A"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT" w:bidi="ar-SA"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...65 lines deleted...]
-              <w:t>]='2']</w:t>
+              <w:t>[onshow;block=tbs:row;when [agibilita_opt_key]='2']</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="00000A"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>l’agibilità parziale relativa a singoli edifici o singole porzioni</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="00000A"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve"> della costruzione, purché funzionalmente autonomi, qualora siano state realizzate e collaudate le opere di urbanizzazione primaria relative all’intero intervento edilizio e siano state completate e collaudate le parti strutturali connesse, nonché collaudati e certificati gli impianti relativi alle parti comuni, condizioni previste dall’art. 24, comma 4, lett. a) del d.P.R. n. 380/2001. I singoli edifici o le singole porzioni della costruzione risultano puntualmente individuati nell’elaborato planimetrico allegato.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA7C89" w14:paraId="24F7E410" w14:textId="77777777">
+      <w:tr w:rsidR="00FA7C89" w14:paraId="24F7E410" w14:textId="77777777" w:rsidTr="00DE648D">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9778" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="779EDFAD" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="00000A"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="00000A"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT" w:bidi="ar-SA"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...67 lines deleted...]
-              <w:t>]='3']</w:t>
+              <w:t>[onshow;block=tbs:row;when [agibilita_opt_key]='3']</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="00000A"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve">l’agibilità parziale relativa a singole unità immobiliari (U.I.) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="00000A"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>purché siano completate e collaudate le opere strutturali connesse, siano certificati gli impianti e siano completate le parti comuni e le opere di urbanizzazione primaria dichiarate funzionali rispetto all’edificio oggetto di agibilità parziale, condizioni previste dall’art. 24, comma 4, lett. b) del d.P.R. n. 380/2001. Le singole unità immobiliari risultano puntualmente individuate nell’elaborato planimetrico allegato.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008311EC" w:rsidRPr="00DE648D" w14:paraId="1AF5C514" w14:textId="77777777" w:rsidTr="00DE648D">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9778" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36826922" w14:textId="4EFB5D49" w:rsidR="008311EC" w:rsidRPr="00DE648D" w:rsidRDefault="00B03331">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="00000A"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE648D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="00000A"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>[onshow;block=tbs:row;when [agibilita_opt_key]='4']</w:t>
+            </w:r>
+            <w:r w:rsidR="008311EC" w:rsidRPr="00DE648D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="00000A"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>la sussistenza delle condizioni di sicurezza, igiene, salubrità, risparmio energetico degli edifici e degli impianti negli stessi installati, relativamente all’intervento oggetto del titolo edilizio/comunicazione, valutate secondo quanto dispone la normativa vigente, nonché la conformità dell’opera al progetto presentato</w:t>
+            </w:r>
+            <w:r w:rsidR="008311EC" w:rsidRPr="00DE648D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="00000A"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5698797E" w14:textId="424A2CBB" w:rsidR="008311EC" w:rsidRPr="00DE648D" w:rsidRDefault="008311EC">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="00000A"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE648D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="00000A"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE648D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="00000A"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>ei casi di cui</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE648D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> all'articolo 24, comma 5-bis e 5-ter, DPR 380/2001, trattasi di:</w:t>
+            </w:r>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="Grigliatabella"/>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblBorders>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:tblBorders>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="9547"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="008311EC" w:rsidRPr="00DE648D" w14:paraId="3CF2ABF0" w14:textId="77777777" w:rsidTr="00DE648D">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="9547" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="52B32080" w14:textId="659D234B" w:rsidR="008311EC" w:rsidRPr="00DE648D" w:rsidRDefault="008311EC" w:rsidP="008311EC">
+                  <w:pPr>
+                    <w:widowControl/>
+                    <w:suppressAutoHyphens w:val="0"/>
+                    <w:overflowPunct w:val="0"/>
+                    <w:contextualSpacing/>
+                    <w:textAlignment w:val="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE648D">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t>[onshow;block=tbs:row;when [sca_art24_comma5</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00175DB3" w:rsidRPr="00DE648D">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t>bister</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DE648D">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t>_opt1_key]='1']locali con un’altezza minima interna inferiore a 2,70 metri fino al limite massimo di 2,40 metri</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="008311EC" w:rsidRPr="00DE648D" w14:paraId="16B7FC17" w14:textId="77777777" w:rsidTr="00DE648D">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="9547" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="44BADD12" w14:textId="1F2F5D26" w:rsidR="008311EC" w:rsidRPr="00DE648D" w:rsidRDefault="008311EC" w:rsidP="008311EC">
+                  <w:pPr>
+                    <w:widowControl/>
+                    <w:suppressAutoHyphens w:val="0"/>
+                    <w:overflowPunct w:val="0"/>
+                    <w:contextualSpacing/>
+                    <w:textAlignment w:val="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE648D">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t>[onshow;block=tbs:row;when [sca_art24_comma5</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00175DB3" w:rsidRPr="00DE648D">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t>bister</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DE648D">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t>_opt1_key]='2']alloggio mono-stanza, con una superficie minima, comprensiva dei servizi</w:t>
+                  </w:r>
+                  <w:r w:rsidR="006641DD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t>:</w:t>
+                  </w:r>
+                </w:p>
+                <w:tbl>
+                  <w:tblPr>
+                    <w:tblStyle w:val="Grigliatabella"/>
+                    <w:tblW w:w="0" w:type="auto"/>
+                    <w:tblBorders>
+                      <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    </w:tblBorders>
+                    <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+                  </w:tblPr>
+                  <w:tblGrid>
+                    <w:gridCol w:w="9316"/>
+                  </w:tblGrid>
+                  <w:tr w:rsidR="008311EC" w:rsidRPr="00DE648D" w14:paraId="0C728709" w14:textId="77777777" w:rsidTr="00DE648D">
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="9316" w:type="dxa"/>
+                      </w:tcPr>
+                      <w:p w14:paraId="4FBFCEEF" w14:textId="755C485B" w:rsidR="008311EC" w:rsidRPr="00DE648D" w:rsidRDefault="008311EC" w:rsidP="008311EC">
+                        <w:pPr>
+                          <w:widowControl/>
+                          <w:suppressAutoHyphens w:val="0"/>
+                          <w:overflowPunct w:val="0"/>
+                          <w:contextualSpacing/>
+                          <w:textAlignment w:val="auto"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00DE648D">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>[onshow;block=tbs:row;when [sca_art24_comma5</w:t>
+                        </w:r>
+                        <w:r w:rsidR="00175DB3" w:rsidRPr="00DE648D">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>bister</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DE648D">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>_opt2_key]='1']inferiore a 28 metri quadrati, fino al limite massimo di 20 metri quadrati, per una persona</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                  </w:tr>
+                  <w:tr w:rsidR="008311EC" w:rsidRPr="00DE648D" w14:paraId="12F03D0F" w14:textId="77777777" w:rsidTr="00DE648D">
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="9316" w:type="dxa"/>
+                      </w:tcPr>
+                      <w:p w14:paraId="20B32070" w14:textId="67A0CEEE" w:rsidR="008311EC" w:rsidRPr="00DE648D" w:rsidRDefault="008311EC" w:rsidP="008311EC">
+                        <w:pPr>
+                          <w:widowControl/>
+                          <w:suppressAutoHyphens w:val="0"/>
+                          <w:overflowPunct w:val="0"/>
+                          <w:contextualSpacing/>
+                          <w:textAlignment w:val="auto"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00DE648D">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>[onshow;block=tbs:row;when [sca_art24_comma5</w:t>
+                        </w:r>
+                        <w:r w:rsidR="00175DB3" w:rsidRPr="00DE648D">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>bister</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DE648D">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>_opt2_key]='2']inferiore a 38 metri quadrati, fino al limite massimo di 28 metri quadrati, per due persone.</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                  </w:tr>
+                </w:tbl>
+                <w:p w14:paraId="25633028" w14:textId="77777777" w:rsidR="008311EC" w:rsidRPr="00DE648D" w:rsidRDefault="008311EC" w:rsidP="008311EC">
+                  <w:pPr>
+                    <w:widowControl/>
+                    <w:suppressAutoHyphens w:val="0"/>
+                    <w:overflowPunct w:val="0"/>
+                    <w:contextualSpacing/>
+                    <w:textAlignment w:val="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="693B41D9" w14:textId="77777777" w:rsidR="008311EC" w:rsidRPr="00DE648D" w:rsidRDefault="008311EC" w:rsidP="008311EC">
+                  <w:pPr>
+                    <w:widowControl/>
+                    <w:suppressAutoHyphens w:val="0"/>
+                    <w:overflowPunct w:val="0"/>
+                    <w:contextualSpacing/>
+                    <w:textAlignment w:val="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DA72EE">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t>che soddisfano il requisito dell’adattabilità, in relazione alle specifiche funzionali e dimensionali, previsto dal regolamento - D.M. 14 giugno 1989, n. 236 e ricorrendo almeno una delle seguenti condizioni:</w:t>
+                  </w:r>
+                </w:p>
+                <w:tbl>
+                  <w:tblPr>
+                    <w:tblStyle w:val="Grigliatabella"/>
+                    <w:tblW w:w="0" w:type="auto"/>
+                    <w:tblBorders>
+                      <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    </w:tblBorders>
+                    <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+                  </w:tblPr>
+                  <w:tblGrid>
+                    <w:gridCol w:w="9316"/>
+                  </w:tblGrid>
+                  <w:tr w:rsidR="00276E6A" w:rsidRPr="00DE648D" w14:paraId="43A56284" w14:textId="77777777" w:rsidTr="00DE648D">
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="9316" w:type="dxa"/>
+                      </w:tcPr>
+                      <w:p w14:paraId="3D6415CE" w14:textId="14454939" w:rsidR="00276E6A" w:rsidRPr="00DE648D" w:rsidRDefault="00276E6A" w:rsidP="00276E6A">
+                        <w:pPr>
+                          <w:pStyle w:val="Paragrafoelenco"/>
+                          <w:widowControl/>
+                          <w:numPr>
+                            <w:ilvl w:val="0"/>
+                            <w:numId w:val="9"/>
+                          </w:numPr>
+                          <w:suppressAutoHyphens w:val="0"/>
+                          <w:overflowPunct w:val="0"/>
+                          <w:textAlignment w:val="auto"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="en-GB"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00DE648D">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="en-GB"/>
+                          </w:rPr>
+                          <w:t>[sca_art</w:t>
+                        </w:r>
+                        <w:r w:rsidR="003136B8" w:rsidRPr="00DE648D">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="en-GB"/>
+                          </w:rPr>
+                          <w:t>2</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DE648D">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="en-GB"/>
+                          </w:rPr>
+                          <w:t>4_comma5bister_op</w:t>
+                        </w:r>
+                        <w:r w:rsidR="003136B8" w:rsidRPr="00DE648D">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="en-GB"/>
+                          </w:rPr>
+                          <w:t>t</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DE648D">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="en-GB"/>
+                          </w:rPr>
+                          <w:t>3.va</w:t>
+                        </w:r>
+                        <w:r w:rsidR="003136B8" w:rsidRPr="00DE648D">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="en-GB"/>
+                          </w:rPr>
+                          <w:t>l</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DE648D">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="en-GB"/>
+                          </w:rPr>
+                          <w:t>;block=tbs:row]</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                  </w:tr>
+                </w:tbl>
+                <w:p w14:paraId="0734FC19" w14:textId="77777777" w:rsidR="008311EC" w:rsidRPr="00DE648D" w:rsidRDefault="008311EC" w:rsidP="008311EC">
+                  <w:pPr>
+                    <w:widowControl/>
+                    <w:suppressAutoHyphens w:val="0"/>
+                    <w:overflowPunct w:val="0"/>
+                    <w:contextualSpacing/>
+                    <w:textAlignment w:val="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="en-GB"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="0FE68E82" w14:textId="037FDDB2" w:rsidR="008311EC" w:rsidRPr="00DE648D" w:rsidRDefault="008311EC">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="00000A"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB" w:eastAsia="it-IT" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008311EC" w:rsidRPr="008311EC" w14:paraId="786BAA0F" w14:textId="77777777" w:rsidTr="00DE648D">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9778" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44081278" w14:textId="2397D509" w:rsidR="008311EC" w:rsidRPr="00DE648D" w:rsidRDefault="00C9198F" w:rsidP="008311EC">
+            <w:pPr>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:contextualSpacing/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE648D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="00000A"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t>[onshow;block=tbs:row;when [agibilita_opt_key]='5']</w:t>
+            </w:r>
+            <w:r w:rsidR="008311EC" w:rsidRPr="00DE648D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>la sussistenza delle condizioni di sicurezza, igiene, salubrità, risparmio energetico degli edifici e degli impianti negli stessi installati, relativamente all’intervento oggetto del titolo edilizio/comunicazione, valutate secondo quanto dispone la normativa vigente, nonché la conformità dell’opera al progetto presentato.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05AA7C35" w14:textId="084F858F" w:rsidR="008311EC" w:rsidRPr="00DE648D" w:rsidRDefault="008311EC">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="00000A"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE648D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="00000A"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE648D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="00000A"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ei casi di cui </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE648D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>all'articolo 24, comma 5-quater, del DPR 380/2001</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE648D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="00000A"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>, la conformità del progetto ai requisiti igienico-sanitari previsti a legislazione vigente dal seguente provvedimento: [provvedimento_sca_art24_comma5quater];</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="54F50929" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00FA7C89">
+    <w:p w14:paraId="54F50929" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRPr="008311EC" w:rsidRDefault="00FA7C89">
       <w:pPr>
         <w:widowControl/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:contextualSpacing/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...51 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="2F3A397A" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A TAL FINE ATTESTA </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67BBC360" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00FA7C89">
       <w:pPr>
@@ -8061,113 +5176,51 @@
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
           <w:p w14:paraId="55AD42BC" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...61 lines deleted...]
-              <w:t>]='1']</w:t>
+              <w:t>[onshow;block=tbs:row;when [sicurezza_impianti_opt_key]='1']</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve">X </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>non ha interessato gli impianti</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA7C89" w14:paraId="4B0F5E5C" w14:textId="77777777" w:rsidTr="003321F6">
         <w:trPr>
@@ -8179,122 +5232,70 @@
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
           <w:p w14:paraId="7F5A90F5" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...43 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:lastRenderedPageBreak/>
+              <w:t>[onshow;block=tbs:row;when [</w:t>
+            </w:r>
             <w:r w:rsidR="00E35C91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>sicurezza_impianti_opt</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>_key</w:t>
-[...9 lines deleted...]
-              <w:t>]='2']</w:t>
+              <w:t>_key]='2']</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve">X </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>ha interessato i seguenti impianti dotati della certificazione di seguito indicata</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="507802DC" w14:textId="77777777" w:rsidR="00D42A56" w:rsidRDefault="00D42A56">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
@@ -8571,456 +5572,299 @@
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000001"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000001"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
                   <w:tcMar>
                     <w:left w:w="103" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
                 <w:p w14:paraId="020CA17C" w14:textId="77777777" w:rsidR="00D42A56" w:rsidRPr="00606717" w:rsidRDefault="00D42A56" w:rsidP="00D42A56">
                   <w:pPr>
                     <w:contextualSpacing/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00606717">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
-                    <w:t>[</w:t>
-[...50 lines deleted...]
-                    <w:t>]</w:t>
+                    <w:t>[elenco_impianti_dg.tipo_impianto;block=tbs:row]</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2023" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="000001"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000001"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000001"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000001"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
                   <w:tcMar>
                     <w:left w:w="103" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
                 <w:p w14:paraId="399BC3A6" w14:textId="77777777" w:rsidR="00D42A56" w:rsidRPr="00606717" w:rsidRDefault="00D42A56" w:rsidP="00374287">
                   <w:pPr>
                     <w:contextualSpacing/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00606717">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
-                    <w:t>[</w:t>
-[...19 lines deleted...]
-                    <w:t>]</w:t>
+                    <w:t>[elenco_impianti_dg.tipo_documento]</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1378" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="000001"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000001"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000001"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000001"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
                   <w:tcMar>
                     <w:left w:w="103" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
                 <w:p w14:paraId="27AD9A97" w14:textId="77777777" w:rsidR="00D42A56" w:rsidRPr="00606717" w:rsidRDefault="00D42A56" w:rsidP="00D42A56">
                   <w:pPr>
                     <w:contextualSpacing/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00606717">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
-                    <w:t>[</w:t>
-[...30 lines deleted...]
-                    <w:t>]</w:t>
+                    <w:t>[elenco_impianti_dg.subalterni]</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1558" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="000001"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000001"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000001"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000001"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
                   <w:tcMar>
                     <w:left w:w="103" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
                 <w:p w14:paraId="4A1050D2" w14:textId="77777777" w:rsidR="00D42A56" w:rsidRPr="00606717" w:rsidRDefault="00D42A56" w:rsidP="000047E9">
                   <w:pPr>
                     <w:contextualSpacing/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00606717">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
-                    <w:t>[</w:t>
-[...19 lines deleted...]
-                    <w:t>dg.</w:t>
+                    <w:t>[elenco_impianti_dg.</w:t>
                   </w:r>
                   <w:r w:rsidR="000047E9" w:rsidRPr="00606717">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>documento</w:t>
                   </w:r>
-                  <w:proofErr w:type="gramEnd"/>
                   <w:r w:rsidR="00BA48D0" w:rsidRPr="00606717">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>_opt</w:t>
                   </w:r>
-                  <w:proofErr w:type="spellEnd"/>
                   <w:r w:rsidRPr="00606717">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>]</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1278" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="000001"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000001"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000001"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000001"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
                   <w:tcMar>
                     <w:left w:w="103" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
                 <w:p w14:paraId="6EF96A71" w14:textId="77777777" w:rsidR="00D42A56" w:rsidRPr="00606717" w:rsidRDefault="00D42A56" w:rsidP="00BA48D0">
                   <w:pPr>
                     <w:contextualSpacing/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00606717">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
-                    <w:t>[</w:t>
-[...9 lines deleted...]
-                    <w:t>elenco_impianti</w:t>
+                    <w:t>[elenco_impianti</w:t>
                   </w:r>
                   <w:r w:rsidR="00E226EC" w:rsidRPr="00606717">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>_</w:t>
                   </w:r>
-                  <w:proofErr w:type="gramStart"/>
                   <w:r w:rsidRPr="00606717">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>dg.</w:t>
                   </w:r>
                   <w:r w:rsidR="00BA48D0" w:rsidRPr="00606717">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
-                    <w:t>numero</w:t>
+                    <w:t>numero_protocollo</w:t>
                   </w:r>
-                  <w:proofErr w:type="gramEnd"/>
-[...9 lines deleted...]
-                  <w:proofErr w:type="spellEnd"/>
                   <w:r w:rsidRPr="00606717">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>]</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1558" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="000001"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000001"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000001"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000001"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
                   <w:tcMar>
                     <w:left w:w="103" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
                 <w:p w14:paraId="71756F4D" w14:textId="77777777" w:rsidR="00D42A56" w:rsidRDefault="00D42A56" w:rsidP="00374287">
                   <w:pPr>
                     <w:contextualSpacing/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00606717">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
-                    <w:t>[</w:t>
-[...9 lines deleted...]
-                    <w:t>elenco_impianti_dg.</w:t>
+                    <w:t>[elenco_impianti_dg.</w:t>
                   </w:r>
                   <w:r w:rsidR="00BA48D0" w:rsidRPr="00606717">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>data_protocollo</w:t>
                   </w:r>
-                  <w:proofErr w:type="spellEnd"/>
                   <w:r w:rsidRPr="00606717">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>]</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="310294B3" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00FA7C89">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -9134,113 +5978,51 @@
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
           <w:p w14:paraId="565A07C6" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...61 lines deleted...]
-              <w:t>]='1']</w:t>
+              <w:t>[onshow;block=tbs:row;when [sicurezza_statica_opt_key]='1']</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve">X </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>non ha interessato le strutture dell’edificio</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA7C89" w14:paraId="51198866" w14:textId="77777777" w:rsidTr="003321F6">
         <w:trPr>
@@ -9252,114 +6034,51 @@
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
           <w:p w14:paraId="478E17B8" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...62 lines deleted...]
-              <w:t>]='2']</w:t>
+              <w:t>[onshow;block=tbs:row;when [sicurezza_statica_opt_key]='2']</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve">X </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>ha interessato le strutture dell’edificio e pertanto:</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblInd w:w="595" w:type="dxa"/>
@@ -9386,468 +6105,200 @@
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
                 </w:tcPr>
                 <w:p w14:paraId="3130CB6E" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
                   <w:pPr>
                     <w:contextualSpacing/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
-                    <w:t>[</w:t>
-[...61 lines deleted...]
-                    <w:t>]='1']</w:t>
+                    <w:t>[onshow;block=tbs:row;when [certificato_collaudo_opt_key]='1']</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>X si allega certificato di collaudo statico</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> (previsto dal </w:t>
-[...39 lines deleted...]
-                    <w:t xml:space="preserve"> 14 gennaio 2008 e dall'art. 67 del d.P.R. n. 380/2001)</w:t>
+                    <w:t xml:space="preserve"> (previsto dal d.m. 14 settembre 2005, dal d.m. 14 gennaio 2008 e dall'art. 67 del d.P.R. n. 380/2001)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00FA7C89" w14:paraId="56468428" w14:textId="77777777">
               <w:trPr>
                 <w:cantSplit/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8898" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
                 </w:tcPr>
                 <w:p w14:paraId="68DF36CF" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
                   <w:pPr>
                     <w:contextualSpacing/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
-                    <w:t>[</w:t>
-[...61 lines deleted...]
-                    <w:t>]='2']</w:t>
+                    <w:t>[onshow;block=tbs:row;when [certificato_collaudo_opt_key]='2']</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>X si comunicano gli estremi del certificato di collaudo statico</w:t>
                   </w:r>
                   <w:r w:rsidR="00A1316C">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t xml:space="preserve">, </w:t>
                   </w:r>
                   <w:r w:rsidR="00A1316C">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>reperibile presso [</w:t>
                   </w:r>
-                  <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidR="00A1316C" w:rsidRPr="00A1316C">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>certificato_collaudo_ente</w:t>
                   </w:r>
-                  <w:proofErr w:type="spellEnd"/>
                   <w:r w:rsidR="00A1316C">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>] con</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> prot. [</w:t>
-[...39 lines deleted...]
-                    <w:t>]</w:t>
+                    <w:t xml:space="preserve"> prot. [certificato_collaudo_protocollo] del [certificato_collaudo_data]</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00FA7C89" w14:paraId="06146758" w14:textId="77777777">
               <w:trPr>
                 <w:cantSplit/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8898" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
                 </w:tcPr>
                 <w:p w14:paraId="6A48CE04" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
                   <w:pPr>
                     <w:contextualSpacing/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
-                    <w:t>[</w:t>
-[...61 lines deleted...]
-                    <w:t>]='3']</w:t>
+                    <w:t>[onshow;block=tbs:row;when [certificato_collaudo_opt_key]='3']</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>X si allega la dichiarazione di regolare esecuzione per gli interventi di riparazione e per gli interventi locali sulle costruzioni esistenti, come definiti dalla normativa tecnica</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> (prevista dall’art. 67, c. 8-bis del d.P.R. n. 380/2001)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00FA7C89" w14:paraId="781F55EA" w14:textId="77777777">
               <w:trPr>
@@ -9859,339 +6310,153 @@
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
                 </w:tcPr>
                 <w:p w14:paraId="57CD400F" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
                   <w:pPr>
                     <w:contextualSpacing/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
-                    <w:t>[</w:t>
-[...61 lines deleted...]
-                    <w:t>]='4']</w:t>
+                    <w:t>[onshow;block=tbs:row;when [certificato_collaudo_opt_key]='4']</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>X si comunicano gli estremi della dichiarazione di regolare esecuzione per gli interventi di riparazione e per gli interventi locali sulle costruzioni esistenti, come definiti dalla normativa tecnica</w:t>
                   </w:r>
                   <w:r w:rsidR="00A1316C">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>, reperibile presso [</w:t>
                   </w:r>
-                  <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidR="00A1316C" w:rsidRPr="00A1316C">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>regolare_esecuzione_ente</w:t>
                   </w:r>
-                  <w:proofErr w:type="spellEnd"/>
                   <w:r w:rsidR="00A1316C">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t xml:space="preserve">] con </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
-                    <w:t>prot. [</w:t>
-[...39 lines deleted...]
-                    <w:t>]</w:t>
+                    <w:t>prot. [regolare_esecuzione_protocollo] del [regolare_esecuzione_data]</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00FA7C89" w14:paraId="7932ACF8" w14:textId="77777777">
               <w:trPr>
                 <w:cantSplit/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8898" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
                 </w:tcPr>
                 <w:p w14:paraId="652FE35F" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
                   <w:pPr>
                     <w:contextualSpacing/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
-                    <w:t>[</w:t>
-[...61 lines deleted...]
-                    <w:t>]='5']</w:t>
+                    <w:t>[onshow;block=tbs:row;when [certificato_collaudo_opt_key]='5']</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>X non si è proceduto al collaudo statico</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> trattandosi di interventi strutturali minori non soggetti ad obbligo di collaudo (p.to 8.4.3 </w:t>
-[...19 lines deleted...]
-                    <w:t xml:space="preserve"> 14 gennaio 2008)</w:t>
+                    <w:t xml:space="preserve"> trattandosi di interventi strutturali minori non soggetti ad obbligo di collaudo (p.to 8.4.3 d.m. 14 gennaio 2008)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="282290CB" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00FA7C89">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5B9283ED" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00FA7C89">
       <w:pPr>
         <w:widowControl/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:contextualSpacing/>
@@ -10297,113 +6562,51 @@
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
           <w:p w14:paraId="01894896" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...61 lines deleted...]
-              <w:t>]='1']</w:t>
+              <w:t>[onshow;block=tbs:row;when [prestazione_energetica_opt_key]='1']</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve">X </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>non è soggetto all'osservanza dei requisiti minimi di prestazione energetica</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA7C89" w14:paraId="5BE3BE1D" w14:textId="77777777" w:rsidTr="003321F6">
         <w:trPr>
@@ -10415,113 +6618,51 @@
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
           <w:p w14:paraId="73ECBB8B" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...61 lines deleted...]
-              <w:t>]='2']</w:t>
+              <w:t>[onshow;block=tbs:row;when [prestazione_energetica_opt_key]='2']</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve">X </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>è soggetto all'osservanza dei requisiti minimi di prestazione energetica, e pertanto si allega attestato di qualificazione energetica (AQE) dell'edificio o dell'unità immobiliare, redatto da tecnico abilitato</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4B015572" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00FA7C89">
@@ -10632,486 +6773,220 @@
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
           <w:p w14:paraId="1F210D95" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...61 lines deleted...]
-              <w:t>]='1']</w:t>
+              <w:t>[onshow;block=tbs:row;when [barriere_architettoniche_opt_key]='1']</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>X non è soggetto</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t xml:space="preserve"> alle prescrizioni sull'abbattimento delle barriere architettoniche di cui al d.P.R. n. 380/2001 e al </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> 14 giugno 1989, n. 236 o della corrispondente normativa regionale</w:t>
+              <w:t xml:space="preserve"> alle prescrizioni sull'abbattimento delle barriere architettoniche di cui al d.P.R. n. 380/2001 e al d.m. 14 giugno 1989, n. 236 o della corrispondente normativa regionale</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA7C89" w14:paraId="478C825B" w14:textId="77777777" w:rsidTr="003321F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
           <w:p w14:paraId="35318372" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...61 lines deleted...]
-              <w:t>]='2']</w:t>
+              <w:t>[onshow;block=tbs:row;when [barriere_architettoniche_opt_key]='2']</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve">X </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve">interessa un </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>edificio privato ed è soggetto</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t xml:space="preserve"> alle prescrizioni degli articoli 77 e seguenti del d.P.R. n. 380/2001 e del </w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> n. 236/1989 e a quanto previsto nel titolo edilizio</w:t>
+              <w:t xml:space="preserve"> alle prescrizioni degli articoli 77 e seguenti del d.P.R. n. 380/2001 e del d.m. n. 236/1989, e pertanto le opere realizzate sono conformi alla normativa in materia di superamento delle barriere architettoniche ai sensi art.11 del d.m. n. 236/1989 e a quanto previsto nel titolo edilizio</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA7C89" w14:paraId="4B797098" w14:textId="77777777" w:rsidTr="003321F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
           <w:p w14:paraId="7471C402" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...61 lines deleted...]
-              <w:t>]='3']</w:t>
+              <w:t>[onshow;block=tbs:row;when [barriere_architettoniche_opt_key]='3']</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve">X </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve">interessa un </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve">edificio privato aperto al pubblico ed è soggetto </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t xml:space="preserve">alle prescrizioni degli articoli 82 e seguenti del d.P.R. n. 380/2001 e del </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> 236/1989 e pertanto le opere realizzate sono conformi alla normativa in materia di superamento delle barriere architettoniche ai sensi dell'art. 82, comma 4, del d.P.R. n. 380/2001</w:t>
+              <w:t>alle prescrizioni degli articoli 82 e seguenti del d.P.R. n. 380/2001 e del d.m. 236/1989 e pertanto le opere realizzate sono conformi alla normativa in materia di superamento delle barriere architettoniche ai sensi dell'art. 82, comma 4, del d.P.R. n. 380/2001</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0CE15867" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00FA7C89">
       <w:pPr>
         <w:widowControl/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:contextualSpacing/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9543" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
@@ -11203,113 +7078,51 @@
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
           <w:p w14:paraId="5FD2A0B9" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...61 lines deleted...]
-              <w:t>]='1']</w:t>
+              <w:t>[onshow;block=tbs:row;when [variazione_catastale_opt_key]='1']</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve">X </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>non comporta variazione dell'iscrizione catastale</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA7C89" w14:paraId="76EA5F0B" w14:textId="77777777" w:rsidTr="003321F6">
         <w:trPr>
@@ -11321,172 +7134,70 @@
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
           <w:p w14:paraId="1AEFA71A" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...61 lines deleted...]
-              <w:t>]='2']</w:t>
+              <w:t>[onshow;block=tbs:row;when [variazione_catastale_opt_key]='2']</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve">X </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>comporta variazione dell'iscrizione catastale e si comunicano gli estremi dell’avvenuta Dichiarazione di aggiornamento catastale prot. [</w:t>
-[...39 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>comporta variazione dell'iscrizione catastale e si comunicano gli estremi dell’avvenuta Dichiarazione di aggiornamento catastale prot. [variazione_catastale_protocollo] del [variazione_catastale_data]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="184D1798" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00FA7C89">
       <w:pPr>
         <w:widowControl/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:contextualSpacing/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9543" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
@@ -11578,113 +7289,51 @@
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
           <w:p w14:paraId="04D72236" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...61 lines deleted...]
-              <w:t>]='1']</w:t>
+              <w:t>[onshow;block=tbs:row;when [variazione_civico_opt_key]='1']</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve">X </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>non comporta variazione di numerazione civica</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA7C89" w14:paraId="620F2CE6" w14:textId="77777777" w:rsidTr="003321F6">
         <w:trPr>
@@ -11696,113 +7345,51 @@
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
           <w:p w14:paraId="051A6E89" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...61 lines deleted...]
-              <w:t>]='2']</w:t>
+              <w:t>[onshow;block=tbs:row;when [variazione_civico_opt_key]='2']</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve">X </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>comporta variazione di numerazione civica, e si allega richiesta di assegnazione o aggiornamento di numerazione civica</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA7C89" w14:paraId="082ABCAF" w14:textId="77777777" w:rsidTr="003321F6">
         <w:trPr>
@@ -11814,172 +7401,71 @@
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
           <w:p w14:paraId="7B3A570E" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...61 lines deleted...]
-              <w:t>]='3']</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>[onshow;block=tbs:row;when [variazione_civico_opt_key]='3']</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve">X </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>si comunicano gli estremi della richiesta di assegnazione o aggiornamento di numerazione civica, già presentata all'amministrazione comunale con atto prot. [</w:t>
-[...39 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>si comunicano gli estremi della richiesta di assegnazione o aggiornamento di numerazione civica, già presentata all'amministrazione comunale con atto prot. [variazione_civico_protocollo] del [variazione_civico_data]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6A953E25" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00FA7C89">
       <w:pPr>
         <w:widowControl/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:contextualSpacing/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7A7DF099" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
@@ -12107,113 +7593,51 @@
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
           <w:p w14:paraId="38CB70D3" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...61 lines deleted...]
-              <w:t>]='1']</w:t>
+              <w:t>[onshow;block=tbs:row;when [prevenzione_incendi_opt_key]='1']</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>X non hanno</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
@@ -12244,114 +7668,51 @@
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
           <w:p w14:paraId="6F3CE787" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...62 lines deleted...]
-              <w:t>]='2']</w:t>
+              <w:t>[onshow;block=tbs:row;when [prevenzione_incendi_opt_key]='2']</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve">X hanno comportato </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>variazioni alle condizioni di sicurezza antincendio dell'immobile ed è previsto lo svolgimento di attività soggette al controllo dei Vigili del Fuoco e pertanto si allega SCIA, ai sensi dell'art. 4, comma 1, del d.P.R. n.151/2011</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0816B55E" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00FA7C89">
@@ -12461,113 +7822,51 @@
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
           <w:p w14:paraId="76990B83" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...61 lines deleted...]
-              <w:t>]='1']</w:t>
+              <w:t>[onshow;block=tbs:row;when [comunicazione_ascensore_opt_key]='1']</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve">X </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>la presente segnalazione ha il valore e gli effetti di comunicazione al Comune, o alla provincia autonoma competente, ai sensi dell’art. 12, commi 1, 2 e 2-bis, del d.P.R. n. 162/1999, come modificato dal d.P.R. n. 23/2017, ai fini dell’assegnazione all’impianto della matricola</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA7C89" w14:paraId="1592882A" w14:textId="77777777" w:rsidTr="003321F6">
         <w:trPr>
           <w:cantSplit/>
@@ -12577,266 +7876,106 @@
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
           <w:p w14:paraId="1B01226E" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...61 lines deleted...]
-              <w:t>]='2']</w:t>
+              <w:t>[onshow;block=tbs:row;when [comunicazione_ascensore_opt_key]='2']</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve">X </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>la comunicazione, presentata prima della segnalazione certificata di agibilità, è reperibile presso l'amministrazione comunale con atto prot. [</w:t>
-[...35 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>la comunicazione, presentata prima della segnalazione certificata di agibilità, è reperibile presso l'amministrazione comunale con atto prot. [comunicazione_ascensore_protocollo] del [comunicazione_ascensore_data]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C2517B" w:rsidRPr="00C2517B" w14:paraId="5D3D1DAB" w14:textId="77777777" w:rsidTr="003321F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
           <w:p w14:paraId="317E818F" w14:textId="77777777" w:rsidR="00C2517B" w:rsidRPr="00C2517B" w:rsidRDefault="00C2517B" w:rsidP="00C2517B">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C2517B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...61 lines deleted...]
-              <w:t>]='3']</w:t>
+              <w:t>[onshow;block=tbs:row;when [comunicazione_ascensore_opt_key]='3']</w:t>
             </w:r>
             <w:r w:rsidRPr="00C2517B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve">X </w:t>
             </w:r>
             <w:r w:rsidRPr="00C2517B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>Non sono presenti impianti di ascensori o montacarichi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0CA81758" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRPr="00C2517B" w:rsidRDefault="00FA7C89">
@@ -12961,138 +8100,72 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Quadro riepilogativo della documentazione disponibile e allegata:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E4A27AC" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>[</w:t>
-[...37 lines deleted...]
-        <w:t>]</w:t>
+        <w:t>[allegati_istanza.val;block=tbs:listitem]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DE0D271" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>[</w:t>
-[...27 lines deleted...]
-        <w:t>=no]</w:t>
+        <w:t>[note_allegati;strconv=no]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14F6148B" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00FA7C89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3F7EC3A8" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00FA7C89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -13151,105 +8224,61 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="08389E85" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00FD4536">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>[comune_value]</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE6476">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>comune_value</w:t>
-[...42 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>, [data_stampa_domanda]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7F25F91A" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00FA7C89">
             <w:pPr>
               <w:pStyle w:val="Contenutotabella"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
@@ -13286,99 +8315,51 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="17FD77D8" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00EE6476">
             <w:pPr>
               <w:pStyle w:val="Contenutotabella"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...47 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>[tecnico_cognome] [tecnico_nome]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6BCE27C1" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00FA7C89">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5ED810B8" w14:textId="77777777" w:rsidR="004977F8" w:rsidRPr="00926A1D" w:rsidRDefault="004977F8" w:rsidP="004977F8">
       <w:pPr>
         <w:keepNext/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
@@ -13451,133 +8432,93 @@
           <w:bCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>Titolare del trattamento e RPD</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66C3368E" w14:textId="7F2CE8E3" w:rsidR="004977F8" w:rsidRPr="00926A1D" w:rsidRDefault="008F37BD" w:rsidP="004977F8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>[</w:t>
-[...19 lines deleted...]
-        <w:t>]</w:t>
+        <w:t>[rpd_value]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A10DE98" w14:textId="77777777" w:rsidR="004977F8" w:rsidRPr="00926A1D" w:rsidRDefault="004977F8" w:rsidP="004977F8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00926A1D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>Finalità e modalità del trattamento</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24385479" w14:textId="77777777" w:rsidR="004977F8" w:rsidRPr="00926A1D" w:rsidRDefault="004977F8" w:rsidP="004977F8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00926A1D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>Il Comune di [</w:t>
-[...19 lines deleted...]
-        <w:t>], titolare del trattamento, tratta i dati personali liberamente conferiti, esclusivamente per finalità istituzionali.</w:t>
+        <w:t>Il Comune di [comune_value], titolare del trattamento, tratta i dati personali liberamente conferiti, esclusivamente per finalità istituzionali.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="200D64F9" w14:textId="77777777" w:rsidR="004977F8" w:rsidRPr="00926A1D" w:rsidRDefault="004977F8" w:rsidP="004977F8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00926A1D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>Consenso</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CE77515" w14:textId="77777777" w:rsidR="004977F8" w:rsidRPr="00926A1D" w:rsidRDefault="004977F8" w:rsidP="004977F8">
@@ -13659,71 +8600,51 @@
           <w:bCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>Diritti del cittadino/interessato</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D5B845B" w14:textId="77777777" w:rsidR="004977F8" w:rsidRPr="00926A1D" w:rsidRDefault="004977F8" w:rsidP="004977F8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00926A1D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>Il cittadino/L’interessato avrà in qualsiasi momento piena facoltà di esercitare i diritti previsti dalla normativa vigente; potrà far valere i propri diritti rivolgendosi al Comune di [</w:t>
-[...19 lines deleted...]
-        <w:t>]</w:t>
+        <w:t>Il cittadino/L’interessato avrà in qualsiasi momento piena facoltà di esercitare i diritti previsti dalla normativa vigente; potrà far valere i propri diritti rivolgendosi al Comune di [comune_value]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AF18BE0" w14:textId="77777777" w:rsidR="004977F8" w:rsidRPr="00926A1D" w:rsidRDefault="004977F8" w:rsidP="004977F8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00926A1D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">I diritti del cittadino/dell’interessato sono quelli previsti dal Regolamento UE 2016/679 (GDPR). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F8FCAAB" w14:textId="77777777" w:rsidR="004977F8" w:rsidRPr="00926A1D" w:rsidRDefault="004977F8" w:rsidP="004977F8">
       <w:pPr>
         <w:contextualSpacing/>
@@ -13880,133 +8801,133 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>opporsi per motivi legittimi al trattamento</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56E7007B" w14:textId="77777777" w:rsidR="00FA7C89" w:rsidRDefault="00FA7C89" w:rsidP="004977F8">
       <w:pPr>
         <w:contextualSpacing/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00FA7C89" w:rsidSect="00FA7C89">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1134" w:bottom="1134" w:left="1134" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="360" w:charSpace="2047"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Droid Sans Fallback">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Liberation Sans">
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
-[...4 lines deleted...]
-    <w:charset w:val="01"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="FreeSans">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09DC654D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0B38DCA2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -14077,50 +8998,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0DD3781E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EA042730"/>
+    <w:lvl w:ilvl="0" w:tplc="04100001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04100005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04100001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04100003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04100005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04100001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1FC866C4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5B4CEAF6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -14189,51 +9223,275 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="286561F9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EDFA2460"/>
+    <w:lvl w:ilvl="0" w:tplc="7FFA1B9E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04100005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04100001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04100003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04100005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04100001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="33127CA4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0AB2A932"/>
+    <w:lvl w:ilvl="0" w:tplc="E92E3628">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04100005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04100001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04100003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04100005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04100001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C367BAE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2494B7C4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="432"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="576"/>
@@ -14311,51 +9569,51 @@
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1584"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C4C5694"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5A6E918E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -14424,51 +9682,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="509059AA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3ADC695C"/>
     <w:lvl w:ilvl="0" w:tplc="04100001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -14537,51 +9795,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="716906AB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2064FE76"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:sz w:val="21"/>
         <w:szCs w:val="21"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -14637,200 +9895,231 @@
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1354842206">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="2122648025">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1481383133">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="4" w16cid:durableId="908878876">
+    <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="5" w16cid:durableId="1676223276">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="6" w16cid:durableId="608968483">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1010640551">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="386881421">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5">
-[...3 lines deleted...]
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="9" w16cid:durableId="1979650553">
+    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="150"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FA7C89"/>
     <w:rsid w:val="000047E9"/>
     <w:rsid w:val="00044662"/>
     <w:rsid w:val="00090D54"/>
     <w:rsid w:val="000F66DD"/>
     <w:rsid w:val="00143B5F"/>
     <w:rsid w:val="001462F1"/>
     <w:rsid w:val="00146715"/>
+    <w:rsid w:val="00175DB3"/>
     <w:rsid w:val="00184B27"/>
     <w:rsid w:val="001B3171"/>
     <w:rsid w:val="001C17E4"/>
+    <w:rsid w:val="001D4D7A"/>
     <w:rsid w:val="00242617"/>
     <w:rsid w:val="002440CD"/>
+    <w:rsid w:val="00276E6A"/>
     <w:rsid w:val="002D3467"/>
     <w:rsid w:val="002D6235"/>
+    <w:rsid w:val="003136B8"/>
     <w:rsid w:val="003321F6"/>
     <w:rsid w:val="00371DC2"/>
     <w:rsid w:val="003B1478"/>
+    <w:rsid w:val="003F795A"/>
     <w:rsid w:val="00424BCC"/>
     <w:rsid w:val="00441923"/>
     <w:rsid w:val="00443135"/>
     <w:rsid w:val="00467FDA"/>
     <w:rsid w:val="004977F8"/>
+    <w:rsid w:val="004A6D38"/>
     <w:rsid w:val="004C7C2A"/>
     <w:rsid w:val="004D0A7A"/>
     <w:rsid w:val="004E73E3"/>
+    <w:rsid w:val="005133CB"/>
     <w:rsid w:val="005C14FB"/>
     <w:rsid w:val="005E59B5"/>
     <w:rsid w:val="00606717"/>
     <w:rsid w:val="0065213A"/>
     <w:rsid w:val="00653A97"/>
+    <w:rsid w:val="006641DD"/>
+    <w:rsid w:val="00675EFE"/>
     <w:rsid w:val="00681489"/>
     <w:rsid w:val="006D5377"/>
+    <w:rsid w:val="0072770C"/>
+    <w:rsid w:val="00727DF5"/>
     <w:rsid w:val="00742369"/>
     <w:rsid w:val="00745D48"/>
     <w:rsid w:val="00770FFB"/>
     <w:rsid w:val="007F4F28"/>
+    <w:rsid w:val="008311EC"/>
     <w:rsid w:val="0085595F"/>
     <w:rsid w:val="0086118B"/>
     <w:rsid w:val="00862647"/>
     <w:rsid w:val="00863C6F"/>
     <w:rsid w:val="0087190E"/>
     <w:rsid w:val="008C498F"/>
     <w:rsid w:val="008F37BD"/>
     <w:rsid w:val="00927BCE"/>
     <w:rsid w:val="00944E58"/>
     <w:rsid w:val="00974D6E"/>
     <w:rsid w:val="00980B2E"/>
     <w:rsid w:val="009A22BD"/>
     <w:rsid w:val="009C7B7D"/>
     <w:rsid w:val="009F10C8"/>
+    <w:rsid w:val="009F2BC3"/>
+    <w:rsid w:val="00A125DD"/>
     <w:rsid w:val="00A1316C"/>
     <w:rsid w:val="00A159E5"/>
+    <w:rsid w:val="00A321CC"/>
     <w:rsid w:val="00A408B9"/>
     <w:rsid w:val="00A66B6A"/>
     <w:rsid w:val="00A73116"/>
     <w:rsid w:val="00A8086A"/>
     <w:rsid w:val="00A85D1C"/>
     <w:rsid w:val="00AA1973"/>
     <w:rsid w:val="00AE2A2B"/>
+    <w:rsid w:val="00B03331"/>
     <w:rsid w:val="00B32170"/>
     <w:rsid w:val="00B72D47"/>
     <w:rsid w:val="00B945F3"/>
     <w:rsid w:val="00BA48D0"/>
     <w:rsid w:val="00C23609"/>
     <w:rsid w:val="00C2517B"/>
+    <w:rsid w:val="00C9198F"/>
     <w:rsid w:val="00CE3A30"/>
+    <w:rsid w:val="00D0768E"/>
     <w:rsid w:val="00D42A56"/>
     <w:rsid w:val="00D53E24"/>
     <w:rsid w:val="00D8344F"/>
     <w:rsid w:val="00D84679"/>
+    <w:rsid w:val="00DA72EE"/>
     <w:rsid w:val="00DD644E"/>
+    <w:rsid w:val="00DE48B3"/>
+    <w:rsid w:val="00DE648D"/>
     <w:rsid w:val="00E21B71"/>
     <w:rsid w:val="00E226EC"/>
     <w:rsid w:val="00E335AB"/>
     <w:rsid w:val="00E35C91"/>
+    <w:rsid w:val="00E41999"/>
+    <w:rsid w:val="00E54290"/>
     <w:rsid w:val="00E66FAE"/>
     <w:rsid w:val="00E93EBF"/>
     <w:rsid w:val="00EB5EAB"/>
     <w:rsid w:val="00EC24EF"/>
     <w:rsid w:val="00EE6476"/>
     <w:rsid w:val="00F57E5A"/>
     <w:rsid w:val="00F8531B"/>
     <w:rsid w:val="00FA7C89"/>
     <w:rsid w:val="00FB1564"/>
     <w:rsid w:val="00FD4536"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7294412A"/>
   <w15:docId w15:val="{7F573728-D240-4BF9-9054-7224813CF874}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Droid Sans Fallback" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -15183,68 +10472,67 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normale">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00A055C3"/>
+    <w:rsid w:val="008311EC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="left"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Carpredefinitoparagrafo">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabellanormale">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Nessunelenco">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CorpotestoCarattere">
     <w:name w:val="Corpo testo Carattere"/>
@@ -15463,51 +10751,51 @@
   <w:style w:type="table" w:styleId="Grigliatabella">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tabellanormale"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00A055C3"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="it-IT"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1352029328">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1886988769">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -15805,66 +11093,66 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D47681A6-9B8A-49FF-BCAB-26195B9CC009}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>2982</Words>
-  <Characters>16999</Characters>
+  <Words>3257</Words>
+  <Characters>18566</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>141</Lines>
-  <Paragraphs>39</Paragraphs>
+  <Lines>154</Lines>
+  <Paragraphs>43</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19942</CharactersWithSpaces>
+  <CharactersWithSpaces>21780</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>sil</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>it-IT</dc:language>
 </cp:coreProperties>
 </file>